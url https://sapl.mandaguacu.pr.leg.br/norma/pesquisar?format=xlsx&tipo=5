--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -10,86 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="434" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="262">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/189/no_306_2025_dispoe_sobre_a_prestacao_de_contas_2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prestação de contas do Poder Executivo Municipal de Mandaguaçu, referente ao exercício de 2023.</t>
+  </si>
+  <si>
     <t>173</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>305</t>
-  </si>
-[...4 lines deleted...]
-    <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/173/no_305_2025_dispoe_sobre_a_prestacao_de_contas_2022_publicado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas do Poder Executivo Municipal de Mandaguaçu, referente ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/172/no_304_2025_nomeacao_cargo_efetivo_advogado.pdf</t>
   </si>
   <si>
     <t>Nomeia JULIO JOAQUIM SCZIBOR MALEK LOPES DA SILVA para exercer o cargo de ADVOGADO do Quadro de Cargos de Provimento Efetivo da Câmara Municipal de Mandaguaçu.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>303</t>
   </si>
@@ -1131,56 +1143,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/173/no_305_2025_dispoe_sobre_a_prestacao_de_contas_2022_publicado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/172/no_304_2025_nomeacao_cargo_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/169/no_303_2025_exonera_servidora_cargo_efetivo_advogada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/168/no_302_2025__nomeia_servidor_-_assessor_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/167/no_301_2025__nomeia_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/166/no_300_2025__nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/164/no_299_2025__nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/162/no_298_2024_exonera_servidoras.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/161/no_297_2024_estabelece_recesso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/156/no_296_2024_exonera_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/152/no_295_2024_dispoe_sobre_a_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/148/no_294-2024_prorroga_validade_concurso_01-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/147/decreto__293_nomeacao_laisa.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/145/no_292_2024_decreta_luto_oficial_pelo_falecimento_do_vereador_morandir_marassi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2023/140/decreto_no_291-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2023/133/no_290_2023_nomeia_auxiliar_adminis_republicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/132/no_289_2022_dispoe_sobre_a_prestacao_de_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/127/no_288_2022__suspende_as_atividades_e_transfere_sessao_ordinari.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/126/decreto_287-22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/125/decreto_286-22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/123/decreto_285-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_284-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/120/decreto_283-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_282-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/4/decreto_no_281-2022_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/3/decreto_no_280-2022_-_comissao_concurso_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/114/decreto_no_279-2021_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/113/decreto_no_278-2021_-_tranfere_dia_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/112/decreto_no_277-2021_-_nomeia_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/111/decreto_no_276-2021_-_suspende_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/110/decreto_no_275-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/109/decreto_no_274-2021_-_nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/108/decreto_no_273-2020_-_exonera_servidora.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/107/decreto_no_272-2020_-_concede_licenca_ao_chefe_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/106/decreto_no_271-2020_-_dispensa_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/105/decreto_no_270-2020_-_ficam_suspensas_atividades.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/104/decreto_no_269-2020_-_dispoe_parecer_previo_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/103/decreto_no_268-2020_-_dispoe_parecer_previo_prestacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/102/decreto_no_267-2019_-_ferias_prefeito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/101/decreto_no_266-2019_-_dispoe_parecer_previo_prestacao_de_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/100/decreto_no_265-2019_-_nomeia_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/99/decreto_no_264-2018_-_exonera_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/98/decreto_no_263-2018_-_ferias_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/97/decreto_no_262-2018_-_dispoe_parecer_previo_prestacao_de_contas_2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/96/decreto_no_261-2017_-_dispoe_parecer_previo_prestacao_de_contas_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/95/decreto_no_260-2017_-_antecipa_o_horario_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/94/decreto_no_259-2017_-_nomeia_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2016/93/decreto_no_258-2016_-_exonera_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2015/92/decreto_no_257-2015_-_dispoe_parecer_previo_prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2015/91/decreto_no_256-2015_-_nomeia_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/90/decreto_no_255-2014_-_exonera_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/89/decreto_no_254-2014_-_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/88/decreto_no_253-2014_-_termo_de_convenio_-_saude.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/87/decreto_no_252-2013_-_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/86/decreto_no_251-2013_-_dispoe_parecer_previo_prestacao_de_contas_2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/85/decreto_no_250-2013_-_nomeia_assessora_legislativa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/84/decreto_no_249-2013_-_exonera_assessora_legislativa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/83/decreto_no_248-2013_-_dispoe_veto_do_artigo_de_lei.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/82/decreto_no_247-2013_-_nomeia_agente_de_servicos_operacionais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/81/decreto_no_246-2013_-_dispoe_parecer_previo_prestacao_de_contas_2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/80/decreto_no_245-2013_-_nomeia_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/189/no_306_2025_dispoe_sobre_a_prestacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/173/no_305_2025_dispoe_sobre_a_prestacao_de_contas_2022_publicado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/172/no_304_2025_nomeacao_cargo_efetivo_advogado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/169/no_303_2025_exonera_servidora_cargo_efetivo_advogada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/168/no_302_2025__nomeia_servidor_-_assessor_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/167/no_301_2025__nomeia_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/166/no_300_2025__nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2025/164/no_299_2025__nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/162/no_298_2024_exonera_servidoras.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/161/no_297_2024_estabelece_recesso.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/156/no_296_2024_exonera_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/152/no_295_2024_dispoe_sobre_a_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/148/no_294-2024_prorroga_validade_concurso_01-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/147/decreto__293_nomeacao_laisa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2024/145/no_292_2024_decreta_luto_oficial_pelo_falecimento_do_vereador_morandir_marassi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2023/140/decreto_no_291-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2023/133/no_290_2023_nomeia_auxiliar_adminis_republicacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/132/no_289_2022_dispoe_sobre_a_prestacao_de_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/127/no_288_2022__suspende_as_atividades_e_transfere_sessao_ordinari.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/126/decreto_287-22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/125/decreto_286-22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/123/decreto_285-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_284-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/120/decreto_283-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_282-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/4/decreto_no_281-2022_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2022/3/decreto_no_280-2022_-_comissao_concurso_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/114/decreto_no_279-2021_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/113/decreto_no_278-2021_-_tranfere_dia_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/112/decreto_no_277-2021_-_nomeia_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/111/decreto_no_276-2021_-_suspende_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/110/decreto_no_275-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2021/109/decreto_no_274-2021_-_nomeia_servidora.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/108/decreto_no_273-2020_-_exonera_servidora.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/107/decreto_no_272-2020_-_concede_licenca_ao_chefe_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/106/decreto_no_271-2020_-_dispensa_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/105/decreto_no_270-2020_-_ficam_suspensas_atividades.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/104/decreto_no_269-2020_-_dispoe_parecer_previo_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2020/103/decreto_no_268-2020_-_dispoe_parecer_previo_prestacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/102/decreto_no_267-2019_-_ferias_prefeito.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/101/decreto_no_266-2019_-_dispoe_parecer_previo_prestacao_de_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2019/100/decreto_no_265-2019_-_nomeia_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/99/decreto_no_264-2018_-_exonera_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/98/decreto_no_263-2018_-_ferias_prefeito.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2018/97/decreto_no_262-2018_-_dispoe_parecer_previo_prestacao_de_contas_2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/96/decreto_no_261-2017_-_dispoe_parecer_previo_prestacao_de_contas_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/95/decreto_no_260-2017_-_antecipa_o_horario_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2017/94/decreto_no_259-2017_-_nomeia_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2016/93/decreto_no_258-2016_-_exonera_servidoras_de_cargos_comissionado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2015/92/decreto_no_257-2015_-_dispoe_parecer_previo_prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2015/91/decreto_no_256-2015_-_nomeia_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/90/decreto_no_255-2014_-_exonera_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/89/decreto_no_254-2014_-_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2014/88/decreto_no_253-2014_-_termo_de_convenio_-_saude.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/87/decreto_no_252-2013_-_recesso_das_atividades_da_camara.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/86/decreto_no_251-2013_-_dispoe_parecer_previo_prestacao_de_contas_2010.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/85/decreto_no_250-2013_-_nomeia_assessora_legislativa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/84/decreto_no_249-2013_-_exonera_assessora_legislativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/83/decreto_no_248-2013_-_dispoe_veto_do_artigo_de_lei.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/82/decreto_no_247-2013_-_nomeia_agente_de_servicos_operacionais.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/81/decreto_no_246-2013_-_dispoe_parecer_previo_prestacao_de_contas_2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mandaguacu.pr.leg.br/media/sapl/public/normajuridica/2013/80/decreto_no_245-2013_-_nomeia_servidoras_de_cargos_comissionados.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G62"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="150.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="198.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1340,1285 +1352,1308 @@
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
         <v>39</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="G9" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" t="s">
         <v>68</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="G16" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C17" t="s">
         <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" t="s">
         <v>77</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="1" t="s">
+      <c r="G18" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C19" t="s">
         <v>82</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
         <v>86</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
         <v>90</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>94</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
         <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G23" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C24" t="s">
         <v>102</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G24" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
         <v>106</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G25" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s">
         <v>110</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" t="s">
         <v>118</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C29" t="s">
         <v>123</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
         <v>131</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>132</v>
       </c>
       <c r="G31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C32" t="s">
         <v>135</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>136</v>
       </c>
       <c r="G32" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s">
         <v>139</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G33" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>142</v>
       </c>
       <c r="B34" t="s">
+        <v>122</v>
+      </c>
+      <c r="C34" t="s">
         <v>143</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="1" t="s">
+      <c r="G34" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C35" t="s">
         <v>148</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G35" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>151</v>
       </c>
       <c r="B36" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C36" t="s">
         <v>152</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G36" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>155</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C37" t="s">
         <v>156</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G37" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>159</v>
       </c>
       <c r="B38" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C38" t="s">
         <v>160</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="G38" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>163</v>
       </c>
       <c r="B39" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C39" t="s">
         <v>164</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>165</v>
       </c>
       <c r="G39" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>167</v>
       </c>
       <c r="B40" t="s">
+        <v>147</v>
+      </c>
+      <c r="C40" t="s">
         <v>168</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C41" t="s">
         <v>173</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>174</v>
       </c>
       <c r="G41" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>176</v>
       </c>
       <c r="B42" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C42" t="s">
         <v>177</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="G42" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>180</v>
       </c>
       <c r="B43" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" t="s">
         <v>181</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C44" t="s">
         <v>186</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>187</v>
       </c>
       <c r="G44" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B45" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G45" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>192</v>
       </c>
       <c r="B46" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46" t="s">
         <v>193</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="G46" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C47" t="s">
         <v>198</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>199</v>
       </c>
       <c r="G47" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>201</v>
       </c>
       <c r="B48" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C48" t="s">
         <v>202</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G48" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>205</v>
       </c>
       <c r="B49" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" t="s">
         <v>206</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D49" t="s">
-[...5 lines deleted...]
-      <c r="F49" s="1" t="s">
+      <c r="G49" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>209</v>
       </c>
       <c r="B50" t="s">
         <v>210</v>
       </c>
       <c r="C50" t="s">
         <v>211</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G50" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C51" t="s">
         <v>215</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>216</v>
       </c>
       <c r="G51" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B52" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C52" t="s">
         <v>219</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>220</v>
       </c>
       <c r="G52" t="s">
-        <v>184</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>221</v>
       </c>
       <c r="B53" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C53" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G53" t="s">
-        <v>224</v>
+        <v>188</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>225</v>
       </c>
       <c r="B54" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C54" t="s">
         <v>226</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>227</v>
       </c>
       <c r="G54" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>229</v>
       </c>
       <c r="B55" t="s">
+        <v>222</v>
+      </c>
+      <c r="C55" t="s">
         <v>230</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="D55" t="s">
-[...5 lines deleted...]
-      <c r="F55" s="1" t="s">
+      <c r="G55" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>233</v>
       </c>
       <c r="B56" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C56" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G56" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C57" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G57" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>240</v>
       </c>
       <c r="B58" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C58" t="s">
         <v>241</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>242</v>
       </c>
       <c r="G58" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>244</v>
       </c>
       <c r="B59" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C59" t="s">
         <v>245</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G59" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>248</v>
       </c>
       <c r="B60" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C60" t="s">
         <v>249</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G60" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>252</v>
       </c>
       <c r="B61" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C61" t="s">
         <v>253</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G61" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B62" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G62" t="s">
-        <v>179</v>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" t="s">
+        <v>234</v>
+      </c>
+      <c r="C63" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G63" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2640,50 +2675,51 @@
     <hyperlink ref="F38" r:id="rId37"/>
     <hyperlink ref="F39" r:id="rId38"/>
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
+    <hyperlink ref="F63" r:id="rId62"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>