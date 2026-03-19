--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1422" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1500" uniqueCount="430">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -1230,50 +1230,132 @@
     <t>Deslocamento à cidade de Maringá PR para participação no curso PROCESSO E TÉCNICA LEGISLATIVA oferecido pela Escola do Legislativo da Assembleia Legislativa do Paraná, realizado no Plenário da Câmara de Maringá, em 28 de novembro de 2025, no horário das 9h às 12h e das13h30 às 16h30, conforme Requerimento de diária nº 038/2025 de 26 de novembro de 2025 (1 (uma) diária: Valor R$ 170,46 (30% do valor da diária integral (568,20). Deslocamento por meio de veículo particular, dispensado o fornecimento de passagens e reembolso de despesas. Foi apresentado Certificado de Participação.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a Casa Civil, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Assistência Social, Secretaria de Planejamento e no DETRAN. Deslocamento excepcionalmente por meio do veículo de propriedade do Vereador, devidamente autorizado conforme dispositivos constantes da Lei nº 2390/2024 que alterou a Lei nº 2178/2021 para atender demanda institucional. Foi dispensado o fornecimento de passagens. Ida: 08/12/2025, 4 h; Retorno: 10/12/2025, 15h, conforme Requerimento nº 039/2025 de 05/12/2025 – 02 (duas) diárias e meia (Valor R$ 1.420,50). Foram apresentados os documentos comprobatórios do deslocamento e para reembolso das despesas com combustíveis e estacionamento.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>Deslocamento para Curitiba PR para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013, realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme Requerimento nº 040/2025 de 09 de dezembro de 2025 (02 diárias e meia – VALOR: R$ 1.420,50); IDA: 10/12/2025, 13h; RETORNO:12/12, 20h. Deslocamento por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, compreendido o preenchimento do diário de bordo. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos para reembolso das despesas realizadas relativas a combustíveis, e os documentos comprobatórios do efetivo deslocamento.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>Deslocamento para Curitiba PR para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013, realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme Requerimento nº 041/2025 de 09 de dezembro de 2025 (02 diárias e meia – VALOR: R$ 1.420,50); IDA: 10/12/2025, 13h; RETORNO:12/12, 20h. Deslocamento por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor Servidor Julio Joaquim Sczibor Malek Lopes da Silva.  Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>Deslocamento para Curitiba PR para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013, realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme Requerimento nº 042/2025 de 09 de dezembro de 2025 (02 diárias e meia – VALOR: R$ 1.420,50); IDA: 10/12/2025, 13h; RETORNO:12/12, 20h. Deslocamento por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor Servidor Julio Joaquim Sczibor Malek Lopes da Silva. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3077</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: Audiências junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e DETRAN. _x000D_
+Ida: 26/01 4h Retorno 29/01 17h. Requerimento nº 001/2026 de 23/01/2026 (03 (três) diárias e meia (Valor R$ 2.065,88). Deslocamento por meio de veículo particular, de propriedade do Vereador, devidamente autorizado conforme dispositivos da legais, excepcionalmente para atender demanda institucional. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento e para o reembolso das despesas realizadas.</t>
+  </si>
+  <si>
+    <t>3078</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: Audiências junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e DETRAN. Ida: 26/01 4h Retorno 29/01 17h. Requerimento nº 002/2026 de 23/01/2026 (03 (três) diárias e meia (Valor R$ 2.065,88). Deslocamento com o veículo oficial da Câmara Municipal, condutor o Vereador Fernando Souza, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento e para o reembolso das despesas realizadas.</t>
+  </si>
+  <si>
+    <t>3080</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: Audiências junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e DETRAN. Ida: 26/01 4h Retorno 29/01 17h. Requerimento nº 003/2026 de 23/01/2026 (03 (três) diárias e meia (Valor R$ 2.065,88). Deslocamento com o veículo oficial da Câmara Municipal, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento e para o reembolso das despesas realizadas.</t>
+  </si>
+  <si>
+    <t>3079</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: Audiências junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e DETRAN. Ida: 26/01 4h Retorno 29/01 17h. Requerimento nº 004/2026 de 23/01/2026 (03 (três) diárias e meia (Valor R$ 2.065,88). Deslocamento com o veículo oficial da Câmara Municipal, condutor o Vereador Fernando Souza, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3081</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: Audiências junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e DETRAN. Ida: 26/01 4h Retorno 29/01 17h. Requerimento nº 005/2026 de 23/01/2026 (03 (três) diárias e meia (Valor R$ 2.065,88). Deslocamento com o veículo oficial da Câmara Municipal, condutor o Vereador Fernando Souza, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado. Foi dispensado o fornecimento de passagens. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3082</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade: audiências junto a Secretaria de Infraestrutura e Logística – Departamento de Estradas de Rodagem – DER PARANÁ e na Assembleia Legislativa do Paraná, conforme Requerimento nº 006/2026 de 26 de janeiro de 2026 (1 (uma) diária e meia (Valor R$ 885,38); Ida: 27/01, 20h por meio de passagem rodoviária fornecida pela Câmara Municipal; retorno: 29/01, 17 h por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Fernando Souza conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3136</t>
+  </si>
+  <si>
+    <t>Visita institucional nas Câmara Municipais dos Municípios da região entre outros, Colorado, Santa Fé, Itaguajé, Paranacity, Uniflor, Nova Esperança, conforme requerimento de diárias nº 007/2026 de 18 de fevereiro de 2026 – uma diária – R$ 177,08 (30% do valor da diária integral - 590,25). Data: 19/02/2026 (IDA 8h; RETORNO: 17h). O deslocamento foi realizado por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente autorizado, compreendido o preenchimento do diário de bordo.</t>
+  </si>
+  <si>
+    <t>3137</t>
+  </si>
+  <si>
+    <t>Visita institucional nas Câmara Municipais dos Municípios da região entre outros, Colorado, Santa Fé, Itaguajé, Paranacity, Uniflor, Nova Esperança, conforme requerimento de diárias nº 008/2026 de 18 de fevereiro de 2026 – uma diária – R$ 177,08 (30% do valor da diária integral - 590,25). Data: 19/02/2026 (IDA 8h; RETORNO: 17h). O deslocamento foi realizado por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente autorizado ao condutor Vereador Antonio Alessandro Mansano.</t>
+  </si>
+  <si>
+    <t>3178</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade com o Senhor Prefeito Municipal em audiências na Secretaria da Saúde (Sesa); Secretaria das Cidades do Paraná (SECID); Assembleia Legislativa com o Deputado Adriano José; no DETRAN e no DER PR. O deslocamento foi por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial preenchido e autorizado, incluído o preenchimento do diário de bordo. IDA 24/02/2026, 4h RETORNO 25/02/2026, 18h. Foram apresentados os documentos para reembolso das despesa realizadas e documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3179</t>
+  </si>
+  <si>
+    <t>Viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências na Secretaria da Saúde (Sesa); Secretaria das Cidades do Paraná (SECID); Assembleia Legislativa com o Deputado Adriano José; no DETRAN e no DER PR. O deslocamento foi por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial preenchido e autorizado ao condutor Vereador Antonio Alessandro Mansano. IDA 24/02/2026, 4h RETORNO 25/02/2026, 18h. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3225</t>
+  </si>
+  <si>
+    <t>Participação no curso de capacitação “ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2027 Procedimentos de compatibilização às metas do Plano Plurianual 2026-2029, diretrizes para elaboração do Orçamento anual e conteúdo obrigatório” – realizado pela empresa AGP INSTITUTO, nos dias 10 e 11 de março de 2026, conforme Requerimento nº 011/2026 de 05 de março de 2026 (duas diárias e meia – VALOR de R$ 1.475,63) DESTINO – Curitiba PR IDA: 09/03 15h RETORNO: 11/03 24h. Deslocamento por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial preenchido e autorizado. Foram apresentados os documentos para reembolso das despesa realizadas relativas a combustíveis e estacionamento e  os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3226</t>
+  </si>
+  <si>
+    <t>Participação no curso de capacitação “ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2027 Procedimentos de compatibilização às metas do Plano Plurianual 2026-2029, diretrizes para elaboração do Orçamento anual e conteúdo obrigatório” – realizado pela empresa AGP INSTITUTO, nos dias 10 e 11 de março de 2026, conforme Requerimento nº 012/2026 de 05 de março de 2026 (duas diárias e meia – VALOR de R$ 1.475,63) DESTINO – Curitiba PR IDA: 09/03 15h RETORNO: 11/03 24h. Deslocamento por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial  autorizado ao condutor Julio Joaquim S M Lopes da Silva. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3227</t>
+  </si>
+  <si>
+    <t>Participação no curso de capacitação “ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2027 Procedimentos de compatibilização às metas do Plano Plurianual 2026-2029, diretrizes para elaboração do Orçamento anual e conteúdo obrigatório” – realizado pela empresa AGP INSTITUTO, nos dias 10 e 11 de março de 2026, conforme Requerimento nº 013/2026 de 05 de março de 2026 (duas diárias e meia – VALOR de R$ 1.475,63) DESTINO – Curitiba PR IDA: 09/03 15h RETORNO: 11/03 24h. Deslocamento por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial autorizado ao condutor Julio Joaquim S M Lopes da Silva. Foram apresentados os documentos comprobatórios do efetivo deslocamento.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1565,51 +1647,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F237"/>
+  <dimension ref="A1:F250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -6316,50 +6398,310 @@
       <c r="E236" t="s">
         <v>10</v>
       </c>
       <c r="F236" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
         <v>401</v>
       </c>
       <c r="B237" t="s">
         <v>321</v>
       </c>
       <c r="C237" t="s">
         <v>312</v>
       </c>
       <c r="D237" t="s">
         <v>9</v>
       </c>
       <c r="E237" t="s">
         <v>10</v>
       </c>
       <c r="F237" t="s">
         <v>402</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>403</v>
+      </c>
+      <c r="B238" t="s">
+        <v>404</v>
+      </c>
+      <c r="C238" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" t="s">
+        <v>10</v>
+      </c>
+      <c r="F238" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>406</v>
+      </c>
+      <c r="B239" t="s">
+        <v>404</v>
+      </c>
+      <c r="C239" t="s">
+        <v>13</v>
+      </c>
+      <c r="D239" t="s">
+        <v>9</v>
+      </c>
+      <c r="E239" t="s">
+        <v>10</v>
+      </c>
+      <c r="F239" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>408</v>
+      </c>
+      <c r="B240" t="s">
+        <v>404</v>
+      </c>
+      <c r="C240" t="s">
+        <v>15</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" t="s">
+        <v>10</v>
+      </c>
+      <c r="F240" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" t="s">
+        <v>410</v>
+      </c>
+      <c r="B241" t="s">
+        <v>404</v>
+      </c>
+      <c r="C241" t="s">
+        <v>17</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+      <c r="E241" t="s">
+        <v>10</v>
+      </c>
+      <c r="F241" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" t="s">
+        <v>412</v>
+      </c>
+      <c r="B242" t="s">
+        <v>404</v>
+      </c>
+      <c r="C242" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" t="s">
+        <v>10</v>
+      </c>
+      <c r="F242" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" t="s">
+        <v>414</v>
+      </c>
+      <c r="B243" t="s">
+        <v>404</v>
+      </c>
+      <c r="C243" t="s">
+        <v>23</v>
+      </c>
+      <c r="D243" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" t="s">
+        <v>10</v>
+      </c>
+      <c r="F243" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" t="s">
+        <v>416</v>
+      </c>
+      <c r="B244" t="s">
+        <v>404</v>
+      </c>
+      <c r="C244" t="s">
+        <v>26</v>
+      </c>
+      <c r="D244" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" t="s">
+        <v>10</v>
+      </c>
+      <c r="F244" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" t="s">
+        <v>418</v>
+      </c>
+      <c r="B245" t="s">
+        <v>404</v>
+      </c>
+      <c r="C245" t="s">
+        <v>28</v>
+      </c>
+      <c r="D245" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" t="s">
+        <v>10</v>
+      </c>
+      <c r="F245" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" t="s">
+        <v>420</v>
+      </c>
+      <c r="B246" t="s">
+        <v>404</v>
+      </c>
+      <c r="C246" t="s">
+        <v>30</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246" t="s">
+        <v>10</v>
+      </c>
+      <c r="F246" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" t="s">
+        <v>422</v>
+      </c>
+      <c r="B247" t="s">
+        <v>404</v>
+      </c>
+      <c r="C247" t="s">
+        <v>32</v>
+      </c>
+      <c r="D247" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" t="s">
+        <v>10</v>
+      </c>
+      <c r="F247" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" t="s">
+        <v>424</v>
+      </c>
+      <c r="B248" t="s">
+        <v>404</v>
+      </c>
+      <c r="C248" t="s">
+        <v>34</v>
+      </c>
+      <c r="D248" t="s">
+        <v>9</v>
+      </c>
+      <c r="E248" t="s">
+        <v>10</v>
+      </c>
+      <c r="F248" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" t="s">
+        <v>426</v>
+      </c>
+      <c r="B249" t="s">
+        <v>404</v>
+      </c>
+      <c r="C249" t="s">
+        <v>36</v>
+      </c>
+      <c r="D249" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" t="s">
+        <v>10</v>
+      </c>
+      <c r="F249" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" t="s">
+        <v>428</v>
+      </c>
+      <c r="B250" t="s">
+        <v>404</v>
+      </c>
+      <c r="C250" t="s">
+        <v>38</v>
+      </c>
+      <c r="D250" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" t="s">
+        <v>10</v>
+      </c>
+      <c r="F250" t="s">
+        <v>429</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>