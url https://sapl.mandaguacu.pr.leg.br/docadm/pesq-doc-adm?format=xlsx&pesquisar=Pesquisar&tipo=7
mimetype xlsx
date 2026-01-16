--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2028" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2082" uniqueCount="609">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -1787,50 +1787,101 @@
     <t>Concede a servidora Ruidy Sandra Bertallia dos Santos, progressão por tempo de serviço do nível 104 para o nível 105.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>Concede férias na forma parcelada ao Servidor Edir do Prado Constante, a partir de 17 de setembro de 2025.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>Com arrimo no § 3º, art. 4º, da Resolução nº 247/2025, bem como na resposta à Consulta exarada no Acordão 458/25 (Tribunal Pleno), do Tribunal de Contas do Estado do Paraná, libera os ocupantes de cargo em comissão do controle de frequência mediante registro eletrônico.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>Designa Allan Carlos Ferracin Bofete, matrícula nº 78, ocupante do cargo de provimento em comissão de Assessor Legislativo Jurídico para o exercício das atribuições relativas ao gerenciamento do registro eletrônico e alimentação do sistema de controle de ponto.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>Concede ao servidor José Adirson Gianotto Nascimento, ocupante do cargo de provimento efetivo de Agente Administrativo, progressão por tempo de serviço do nível 206 para o nível 207.</t>
+  </si>
+  <si>
+    <t>2964</t>
+  </si>
+  <si>
+    <t>Concede 10 dias de férias à Servidora Micheli Fabiane Molonha, Contadora, a partir de 05 de Janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>2965</t>
+  </si>
+  <si>
+    <t>Concede à Servidora Ruidy Sandra Bertallia dos Santos, Agente de Serviços Operacionais, 16 dias de licença-prêmio, a partir de 05 de janeiro de 2026, correspondentes ao período remanescente da licença concedida por meio da Portaria nº 15/2025, interrompida pela portaria nº 17/2025.</t>
+  </si>
+  <si>
+    <t>2966</t>
+  </si>
+  <si>
+    <t>Concede 10 dias de férias à Servidora Glaucia Cristina Zanelato Furlaneto, Diretora Geral, a partir de 06 de Janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>2995</t>
+  </si>
+  <si>
+    <t>3006</t>
+  </si>
+  <si>
+    <t>Estabelece recesso das atividades da Câmara Municipal de Mandaguaçu, no período de 22 de dezembro de 2025 a 2 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>3012</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomeia a Comissão de Avaliação de Desempenho de Estágio Probatório dos Servidores do Poder Legislativo Municipal para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>3015</t>
+  </si>
+  <si>
+    <t>3016</t>
+  </si>
+  <si>
+    <t>Nomeia Comissão de Capacitação e Aperfeiçoamento para a execução das atribuições previstas na Portaria Nº 15, de 23 de setembro de 2019, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>3024</t>
+  </si>
+  <si>
+    <t>Concede 10 dias de férias à Servidora Lucinéia Maria Callegari Menegazzo, Assessora Legislativa Parlamentar, a partir de 19 de Janeiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2122,51 +2173,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F338"/>
+  <dimension ref="A1:F347"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -8893,50 +8944,230 @@
       <c r="E337" t="s">
         <v>10</v>
       </c>
       <c r="F337" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
         <v>590</v>
       </c>
       <c r="B338" t="s">
         <v>551</v>
       </c>
       <c r="C338" t="s">
         <v>71</v>
       </c>
       <c r="D338" t="s">
         <v>9</v>
       </c>
       <c r="E338" t="s">
         <v>10</v>
       </c>
       <c r="F338" t="s">
         <v>591</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339" t="s">
+        <v>592</v>
+      </c>
+      <c r="B339" t="s">
+        <v>551</v>
+      </c>
+      <c r="C339" t="s">
+        <v>74</v>
+      </c>
+      <c r="D339" t="s">
+        <v>9</v>
+      </c>
+      <c r="E339" t="s">
+        <v>10</v>
+      </c>
+      <c r="F339" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" t="s">
+        <v>594</v>
+      </c>
+      <c r="B340" t="s">
+        <v>551</v>
+      </c>
+      <c r="C340" t="s">
+        <v>76</v>
+      </c>
+      <c r="D340" t="s">
+        <v>9</v>
+      </c>
+      <c r="E340" t="s">
+        <v>10</v>
+      </c>
+      <c r="F340" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341" t="s">
+        <v>596</v>
+      </c>
+      <c r="B341" t="s">
+        <v>551</v>
+      </c>
+      <c r="C341" t="s">
+        <v>79</v>
+      </c>
+      <c r="D341" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" t="s">
+        <v>10</v>
+      </c>
+      <c r="F341" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342" t="s">
+        <v>598</v>
+      </c>
+      <c r="B342" t="s">
+        <v>551</v>
+      </c>
+      <c r="C342" t="s">
+        <v>82</v>
+      </c>
+      <c r="D342" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" t="s">
+        <v>10</v>
+      </c>
+      <c r="F342" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343" t="s">
+        <v>599</v>
+      </c>
+      <c r="B343" t="s">
+        <v>551</v>
+      </c>
+      <c r="C343" t="s">
+        <v>84</v>
+      </c>
+      <c r="D343" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" t="s">
+        <v>10</v>
+      </c>
+      <c r="F343" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344" t="s">
+        <v>601</v>
+      </c>
+      <c r="B344" t="s">
+        <v>602</v>
+      </c>
+      <c r="C344" t="s">
+        <v>8</v>
+      </c>
+      <c r="D344" t="s">
+        <v>9</v>
+      </c>
+      <c r="E344" t="s">
+        <v>10</v>
+      </c>
+      <c r="F344" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345" t="s">
+        <v>604</v>
+      </c>
+      <c r="B345" t="s">
+        <v>602</v>
+      </c>
+      <c r="C345" t="s">
+        <v>13</v>
+      </c>
+      <c r="D345" t="s">
+        <v>9</v>
+      </c>
+      <c r="E345" t="s">
+        <v>10</v>
+      </c>
+      <c r="F345" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346" t="s">
+        <v>605</v>
+      </c>
+      <c r="B346" t="s">
+        <v>602</v>
+      </c>
+      <c r="C346" t="s">
+        <v>16</v>
+      </c>
+      <c r="D346" t="s">
+        <v>9</v>
+      </c>
+      <c r="E346" t="s">
+        <v>10</v>
+      </c>
+      <c r="F346" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347" t="s">
+        <v>607</v>
+      </c>
+      <c r="B347" t="s">
+        <v>602</v>
+      </c>
+      <c r="C347" t="s">
+        <v>19</v>
+      </c>
+      <c r="D347" t="s">
+        <v>9</v>
+      </c>
+      <c r="E347" t="s">
+        <v>10</v>
+      </c>
+      <c r="F347" t="s">
+        <v>608</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>