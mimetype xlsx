--- v1 (2026-01-16)
+++ v2 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2082" uniqueCount="609">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2136" uniqueCount="625">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -1838,50 +1838,98 @@
     <t>Estabelece recesso das atividades da Câmara Municipal de Mandaguaçu, no período de 22 de dezembro de 2025 a 2 de janeiro de 2026.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Nomeia a Comissão de Avaliação de Desempenho de Estágio Probatório dos Servidores do Poder Legislativo Municipal para o ano de 2026.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>Nomeia Comissão de Capacitação e Aperfeiçoamento para a execução das atribuições previstas na Portaria Nº 15, de 23 de setembro de 2019, para o exercício de 2026.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>Concede 10 dias de férias à Servidora Lucinéia Maria Callegari Menegazzo, Assessora Legislativa Parlamentar, a partir de 19 de Janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>3033</t>
+  </si>
+  <si>
+    <t>Concede 10 dias de férias ao Servidor Felipe Scareli, Assessor Legislativo de Comunicação, a partir de 21 de Janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>3061</t>
+  </si>
+  <si>
+    <t>3063</t>
+  </si>
+  <si>
+    <t>Concede progressão por tempo de serviço ao servidor Julio Joaquim Sczibor Malek Lopes da Silva.</t>
+  </si>
+  <si>
+    <t>3064</t>
+  </si>
+  <si>
+    <t>3068</t>
+  </si>
+  <si>
+    <t>Homologa o resultado final da avaliação de desempenho do estágio probatório e declara a estabilidade do servidor Edir do Prado Constante.</t>
+  </si>
+  <si>
+    <t>3069</t>
+  </si>
+  <si>
+    <t>Concede 10 dias de férias ao Servidor José Adirson Gianotto Nascimento, Agente Administrativo, a partir de 18 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>3088</t>
+  </si>
+  <si>
+    <t>Atualiza o valor do auxílio alimentação instituído nos termos da lei nº 1.964/2017.</t>
+  </si>
+  <si>
+    <t>3093</t>
+  </si>
+  <si>
+    <t>Nomeia Comissão para emitir parecer ao pedido de progressão por conhecimento do Servidor Edir do Prado Constante.</t>
+  </si>
+  <si>
+    <t>3119</t>
+  </si>
+  <si>
+    <t>Concede progressão por conhecimento ao servidor Edir do Prado Constante.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2173,51 +2221,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F347"/>
+  <dimension ref="A1:F356"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -9124,50 +9172,230 @@
       <c r="E346" t="s">
         <v>10</v>
       </c>
       <c r="F346" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
         <v>607</v>
       </c>
       <c r="B347" t="s">
         <v>602</v>
       </c>
       <c r="C347" t="s">
         <v>19</v>
       </c>
       <c r="D347" t="s">
         <v>9</v>
       </c>
       <c r="E347" t="s">
         <v>10</v>
       </c>
       <c r="F347" t="s">
         <v>608</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348" t="s">
+        <v>609</v>
+      </c>
+      <c r="B348" t="s">
+        <v>602</v>
+      </c>
+      <c r="C348" t="s">
+        <v>22</v>
+      </c>
+      <c r="D348" t="s">
+        <v>9</v>
+      </c>
+      <c r="E348" t="s">
+        <v>10</v>
+      </c>
+      <c r="F348" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" t="s">
+        <v>611</v>
+      </c>
+      <c r="B349" t="s">
+        <v>602</v>
+      </c>
+      <c r="C349" t="s">
+        <v>25</v>
+      </c>
+      <c r="D349" t="s">
+        <v>9</v>
+      </c>
+      <c r="E349" t="s">
+        <v>10</v>
+      </c>
+      <c r="F349" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350" t="s">
+        <v>612</v>
+      </c>
+      <c r="B350" t="s">
+        <v>602</v>
+      </c>
+      <c r="C350" t="s">
+        <v>28</v>
+      </c>
+      <c r="D350" t="s">
+        <v>9</v>
+      </c>
+      <c r="E350" t="s">
+        <v>10</v>
+      </c>
+      <c r="F350" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351" t="s">
+        <v>614</v>
+      </c>
+      <c r="B351" t="s">
+        <v>602</v>
+      </c>
+      <c r="C351" t="s">
+        <v>31</v>
+      </c>
+      <c r="D351" t="s">
+        <v>9</v>
+      </c>
+      <c r="E351" t="s">
+        <v>10</v>
+      </c>
+      <c r="F351" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352" t="s">
+        <v>615</v>
+      </c>
+      <c r="B352" t="s">
+        <v>602</v>
+      </c>
+      <c r="C352" t="s">
+        <v>34</v>
+      </c>
+      <c r="D352" t="s">
+        <v>9</v>
+      </c>
+      <c r="E352" t="s">
+        <v>10</v>
+      </c>
+      <c r="F352" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353" t="s">
+        <v>617</v>
+      </c>
+      <c r="B353" t="s">
+        <v>602</v>
+      </c>
+      <c r="C353" t="s">
+        <v>37</v>
+      </c>
+      <c r="D353" t="s">
+        <v>9</v>
+      </c>
+      <c r="E353" t="s">
+        <v>10</v>
+      </c>
+      <c r="F353" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354" t="s">
+        <v>619</v>
+      </c>
+      <c r="B354" t="s">
+        <v>602</v>
+      </c>
+      <c r="C354" t="s">
+        <v>40</v>
+      </c>
+      <c r="D354" t="s">
+        <v>9</v>
+      </c>
+      <c r="E354" t="s">
+        <v>10</v>
+      </c>
+      <c r="F354" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355" t="s">
+        <v>621</v>
+      </c>
+      <c r="B355" t="s">
+        <v>602</v>
+      </c>
+      <c r="C355" t="s">
+        <v>43</v>
+      </c>
+      <c r="D355" t="s">
+        <v>9</v>
+      </c>
+      <c r="E355" t="s">
+        <v>10</v>
+      </c>
+      <c r="F355" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356" t="s">
+        <v>623</v>
+      </c>
+      <c r="B356" t="s">
+        <v>602</v>
+      </c>
+      <c r="C356" t="s">
+        <v>46</v>
+      </c>
+      <c r="D356" t="s">
+        <v>9</v>
+      </c>
+      <c r="E356" t="s">
+        <v>10</v>
+      </c>
+      <c r="F356" t="s">
+        <v>624</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>