--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="275">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
@@ -814,50 +814,74 @@
     <t>Requer a liberação de 02 (duas) diárias e meia (Valor R$ 1.420,50) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências na Secretaria das Cidades – SECID, na Secretaria do Trabalho, Qualificação e Renda, com o Secretário do Planejamento Ulisses Maia, na COHAPAR e na Assembleia Legislativa do Paraná.  O deslocamento será por meio do veículo oficial da Câmara Municipal, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do Diário de Bordo. A ida está marcada para o dia 12 de novembro corrente, 4 h e o retorno provável no dia 14 de novembro, 17h. VIAGEM NÃO REALIZADA CONFORME RELATÓRIO.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>Requer a liberação de 02 (duas) diárias e meia (Valor R$ 1.420,50) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências na Secretaria das Cidades – SECID, na Secretaria do Trabalho, Qualificação e Renda, com o Secretário do Planejamento Ulisses Maia, na COHAPAR e na Assembleia Legislativa do Paraná. O deslocamento será por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Antonio Alessandro Mansano conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. A ida está marcada para o dia 12 de novembro corrente, 4 h e o retorno provável no dia 14 de novembro, 17h. VIAGEM NÃO REALIZADA CONFORME RELATÓRIO.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>Requer a liberação de 02 (duas) diárias e meia (Valor R$ 1.420,50) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências na Secretaria de Turismo e no DETRAN, para visitas aos gabinetes dos Deputados Felipe Francisquini e Adriano José, ocasião em que também participará do Seminário de Capacitação às Procuradoras da Mulher do Estado do Paraná, que será realizado nos dias 12/11 e 13/11 pela Procuradoria da Mulher da Assembleia Legislativa do Paraná.  O deslocamento será por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Antonio Alessandro Mansano conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. A ida está marcada para o dia 12 de novembro corrente, 4 h e o retorno provável no dia 14 de novembro, 17h.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>Requer a liberação de 01 (uma) diária, para despesas de deslocamento e alimentação para participação no curso PROCESSO E TÉCNICA LEGISLATIVA oferecido pela Escola do Legislativo da Assembleia Legislativa do Paraná, que será realizado no dia 28 de novembro de 2025, das 9h às 12h e 13h30min às 16h30min, no Plenário da Câmara de Maringá, conforme inscrição realizada (30% (trinta por cento) do valor da diária integral (568,20), R$ 170,46)</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>Requer a liberação de 01 (uma) diária, para despesas de deslocamento e alimentação para participação no curso PROCESSO E TÉCNICA LEGISLATIVA oferecido pela Escola do Legislativo da Assembleia Legislativa do Paraná, que será realizado no dia 28 de novembro de 2025, das 9h às 12h e 13h30min às 16h30min, no Plenário da Câmara de Maringá, conforme inscrição realizada. Valor: R$ 170,46 (30% do valor da diária integral - 568,20).</t>
+  </si>
+  <si>
+    <t>2975</t>
+  </si>
+  <si>
+    <t>Requer 02 (duas) diárias e meia (Valor R$ 1.420,50) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a Casa Civil, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Assistência Social, Secretaria de Planejamento e no DETRAN. Ida: 08 de dezembro corrente, 4 h; retorno: dia 10 de dezembro, 17h. Deslocamento será excepcionalmente por meio de veículo particular, de propriedade deste Vereador, devidamente autorizado conforme dispositivos constantes da Lei nº 2390/2024 que alterou a Lei nº 2178/2021 (AUTORIZAÇÃO PARA USO DE VEÍCULO PARTICULAR E DECLARAÇÃO PESSOAL DE ISENÇÃO DE RESPONSABILIDADE DA FAZENDA MUNICIPAL DE MANDAGUAÇU/PR), para atender demanda institucional, registrando-se a necessidade do reembolso das despesas que serão realizadas relativas a combustíveis, pedágio e estacionamento, conforme normas mencionadas. Fica dispensado o fornecimento de passagens.</t>
+  </si>
+  <si>
+    <t>2980</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h. Deslocamento por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado compreendido o preenchimento do diário de bordo, registrando-se a necessidade do reembolso das despesas que serão realizadas relativas a combustíveis e estacionamentos, conforme a Lei Municipal nº 2300 de 24 de maio de 2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
+  </si>
+  <si>
+    <t>2981</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h.  O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor, Servidor Julio Joaquim Sczibor Malek Lopes da Silva, compreendido o preenchimento do diário de bordo, conforme a Lei Municipal nº 2300/2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
+  </si>
+  <si>
+    <t>2982</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h. O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor, Servidor Julio Joaquim Sczibor Malek Lopes da Silva, compreendido o preenchimento do diário de bordo, conforme a Lei Municipal nº 2300/2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1149,51 +1173,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F146"/>
+  <dimension ref="A1:F150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -4080,50 +4104,130 @@
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>265</v>
       </c>
       <c r="B146" t="s">
         <v>196</v>
       </c>
       <c r="C146" t="s">
         <v>177</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146" t="s">
         <v>266</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>267</v>
+      </c>
+      <c r="B147" t="s">
+        <v>196</v>
+      </c>
+      <c r="C147" t="s">
+        <v>180</v>
+      </c>
+      <c r="D147" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" t="s">
+        <v>10</v>
+      </c>
+      <c r="F147" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>269</v>
+      </c>
+      <c r="B148" t="s">
+        <v>196</v>
+      </c>
+      <c r="C148" t="s">
+        <v>182</v>
+      </c>
+      <c r="D148" t="s">
+        <v>9</v>
+      </c>
+      <c r="E148" t="s">
+        <v>10</v>
+      </c>
+      <c r="F148" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>271</v>
+      </c>
+      <c r="B149" t="s">
+        <v>196</v>
+      </c>
+      <c r="C149" t="s">
+        <v>185</v>
+      </c>
+      <c r="D149" t="s">
+        <v>9</v>
+      </c>
+      <c r="E149" t="s">
+        <v>10</v>
+      </c>
+      <c r="F149" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>273</v>
+      </c>
+      <c r="B150" t="s">
+        <v>196</v>
+      </c>
+      <c r="C150" t="s">
+        <v>188</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" t="s">
+        <v>10</v>
+      </c>
+      <c r="F150" t="s">
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>