--- v1 (2026-01-16)
+++ v2 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="960" uniqueCount="296">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
@@ -838,50 +838,120 @@
     <t>Requer a liberação de 01 (uma) diária, para despesas de deslocamento e alimentação para participação no curso PROCESSO E TÉCNICA LEGISLATIVA oferecido pela Escola do Legislativo da Assembleia Legislativa do Paraná, que será realizado no dia 28 de novembro de 2025, das 9h às 12h e 13h30min às 16h30min, no Plenário da Câmara de Maringá, conforme inscrição realizada. Valor: R$ 170,46 (30% do valor da diária integral - 568,20).</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>Requer 02 (duas) diárias e meia (Valor R$ 1.420,50) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a Casa Civil, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Assistência Social, Secretaria de Planejamento e no DETRAN. Ida: 08 de dezembro corrente, 4 h; retorno: dia 10 de dezembro, 17h. Deslocamento será excepcionalmente por meio de veículo particular, de propriedade deste Vereador, devidamente autorizado conforme dispositivos constantes da Lei nº 2390/2024 que alterou a Lei nº 2178/2021 (AUTORIZAÇÃO PARA USO DE VEÍCULO PARTICULAR E DECLARAÇÃO PESSOAL DE ISENÇÃO DE RESPONSABILIDADE DA FAZENDA MUNICIPAL DE MANDAGUAÇU/PR), para atender demanda institucional, registrando-se a necessidade do reembolso das despesas que serão realizadas relativas a combustíveis, pedágio e estacionamento, conforme normas mencionadas. Fica dispensado o fornecimento de passagens.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h. Deslocamento por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado compreendido o preenchimento do diário de bordo, registrando-se a necessidade do reembolso das despesas que serão realizadas relativas a combustíveis e estacionamentos, conforme a Lei Municipal nº 2300 de 24 de maio de 2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h.  O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor, Servidor Julio Joaquim Sczibor Malek Lopes da Silva, compreendido o preenchimento do diário de bordo, conforme a Lei Municipal nº 2300/2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>Requer a liberação de 02 (duas) diárias e meia, no valor de R$ 1.420,50 para despesas de viagem a Curitiba PR, para participação no curso de capacitação INSTRUÇÃO E APURAÇÃO DOS DESCUMPRIMENTOS CONTRATUAIS PROCESSO ADMINISTRATIVO DE RESPONSABILIZAÇÃO – Leis 14.133/2021 e 12.846/2013 que será realizado pelo AGP INSTITUTO nos dias 11 e 12 de dezembro de 2025, conforme programação anexa e inscrição realizada. Ida: 10 de dezembro, as 13h; Retorno: 12 de dezembro, 20h. O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor, Servidor Julio Joaquim Sczibor Malek Lopes da Silva, compreendido o preenchimento do diário de bordo, conforme a Lei Municipal nº 2300/2023 que alterou a Lei Municipal nº 2178/2021. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado de viagem e comprovação do efetivo deslocamento, assim como a documentação necessária para reembolso das despesas.</t>
+  </si>
+  <si>
+    <t>3043</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 03 (três) diárias e meia (Valor R$ 2.065,88) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e no DETRAN. Ida: 26/01 4h Retorno 29/01 17h. Deslocamento por meio de veículo particular, de propriedade do Vereador, devidamente autorizado conforme dispositivos da legais, excepcionalmente  para atender demanda institucional. Fica dispensado o fornecimento de passagens. Este Vereador está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento e para o reembolso das despesas realizadas.</t>
+  </si>
+  <si>
+    <t>3044</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 03 (três) diárias e meia (Valor R$ 2.065,88) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e no DETRAN. Ida: 26/01, 4 h Retorno: 29/01, 17h._x000D_
+O deslocamento será por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Fernando Souza conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Fica dispensado o fornecimento de passagens. Este Vereador está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento por ocasião do retorno a sede do Município.</t>
+  </si>
+  <si>
+    <t>3045</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 03 (três) diárias e meia (Valor R$ 2.065,88) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e no DETRAN. Ida: 26/01, 4h Retorno: 29 de janeiro, 17h._x000D_
+O deslocamento será por meio do veículo oficial da Câmara Municipal, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do Diário de Bordo. Registra-se a necessidade do reembolso das despesas que serão realizadas relativas a combustíveis e estacionamento, conforme a Lei Municipal nº 2.300/2023 (Acresce e revoga dispositivos à Lei Municipal nº 2.178/2021). Fica dispensado o fornecimento de passagens. Este Vereador está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento, assim como para o reembolso das despesas.</t>
+  </si>
+  <si>
+    <t>3046</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 03 (três) diárias e meia (Valor R$ 2.065,88) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e no DETRAN. Ida: 26/01, 4h Retorno: 29/01, 17h._x000D_
+O deslocamento será por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Fernando Souza conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Fica dispensado o fornecimento de passagens. _x000D_
+Esta Vereadora está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3047</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 03 (três) diárias e meia (Valor R$ 2.065,88) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a COPEL, SANEPAR, Assembleia Legislativa do Paraná, Tribunal de Contas do Paraná, Secretaria de Infraestrutura e Logística, Secretaria do Trabalho, Qualificação e Renda, Secretaria das Cidades e no DETRAN. Ida: 26/01, 4h Retorno: 29/01, 17h._x000D_
+O deslocamento será por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Fernando Souza conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Fica dispensado o fornecimento de passagens. _x000D_
+Este Vereador está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3048</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 01 (uma) diária e meia (Valor R$ 885,38) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências agendadas junto a Secretaria de Infraestrutura e Logística – Departamento de Estradas de Rodagem – DER PARANÁ e na Assembleia Legislativa do Paraná. Ida: 27/01, 20h por meio de passagem rodoviária fornecida pela Câmara Municipal; Retorno: 29/01, 17h por meio do veículo oficial da Câmara Municipal, sendo o condutor o Vereador Fernando Souza conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Este Vereador está ciente da necessidade da apresentação de relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento.</t>
+  </si>
+  <si>
+    <t>3120</t>
+  </si>
+  <si>
+    <t>Requer (01) uma diária para despesas de viagem no dia 19 de fevereiro corrente, para visita institucional nas Câmara Municipais dos Municípios da região, Colorado, Santa Fé, Itaguajé, Paranacity, Uniflor e Nova Esperança entre outros. Valor da diária: R$ 177,08 (30% do valor  integral (590,25). O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado,  compreendido o preenchimento do diário de bordo. Ida: 8h; Retorno provável:18h. Será apresentado relatório circunstanciado das atividades realizadas.</t>
+  </si>
+  <si>
+    <t>3121</t>
+  </si>
+  <si>
+    <t>Requer (01) uma diária para despesas de viagem no dia 19 de fevereiro corrente, para visita institucional nas Câmara Municipais dos Municípios da região, Colorado, Santa Fé, Itaguajé, Paranacity, Uniflor e Nova Esperança entre outros, em companhia do Vereador Antonio Alessandro Mansano. _x000D_
+Valor da diária: R$ 177,08 (30% do valor integral (590,25). O deslocamento será por meio do veículo oficial da Câmara conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor Vereador Antonio Alessandro Mansano. Ida: 8h; Retorno provável:18h. Será apresentado relatório circunstanciado das atividades realizadas.</t>
+  </si>
+  <si>
+    <t>3131</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 01 (uma) diária e meia (Valor R$ 885,38) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade com o Senhor Prefeito Municipal em audiências conforme segue: Secretaria da Saúde do Paraná (Sesa); Secretaria das Cidades do Estado do Paraná (SECID); Assembleia Legislativa do Paraná com o Deputado Adriano José; no DETRAN e em evento no DER PR para tratar da suspensão da instalação do pórtico de cobrança de pedágio (free flow)  em Mandaguaçu. Ida: 24 de fevereiro, 4h; Retorno provável: 25 de fevereiro, 16h. Deslocamento por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado, incluído o preenchimento do diário de bordo. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento, assim como para o reembolso das despesas.</t>
+  </si>
+  <si>
+    <t>3132</t>
+  </si>
+  <si>
+    <t>Requer a liberação de 01 (uma) diária e meia (Valor R$ 885,38) para despesas de viagem a Curitiba PR para tratar de assuntos de interesse da municipalidade em audiências conforme segue: Secretaria da Saúde do Paraná (Sesa); Secretaria das Cidades do Estado do Paraná (SECID); Assembleia Legislativa do Paraná com o Deputado Adriano José; no DETRAN e em evento no DER PR para tratar da suspensão da instalação do pórtico de cobrança de pedágio (free flow) em Mandaguaçu. Ida: 24 de fevereiro, 4h; Retorno provável: 25 de fevereiro, 16h. Deslocamento por meio do veículo oficial da Câmara, conforme Requerimento de Uso de Veículo Oficial devidamente preenchido e autorizado ao condutor Antonio Alessandro Mansano. Fica dispensado o fornecimento de passagens. Será apresentado relatório circunstanciado das atividades realizadas e documentação comprobatória do efetivo deslocamento.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1173,51 +1243,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F150"/>
+  <dimension ref="A1:F160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -4184,50 +4254,250 @@
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>273</v>
       </c>
       <c r="B150" t="s">
         <v>196</v>
       </c>
       <c r="C150" t="s">
         <v>188</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
       <c r="E150" t="s">
         <v>10</v>
       </c>
       <c r="F150" t="s">
         <v>274</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>275</v>
+      </c>
+      <c r="B151" t="s">
+        <v>276</v>
+      </c>
+      <c r="C151" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" t="s">
+        <v>10</v>
+      </c>
+      <c r="F151" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>278</v>
+      </c>
+      <c r="B152" t="s">
+        <v>276</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" t="s">
+        <v>10</v>
+      </c>
+      <c r="F152" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>280</v>
+      </c>
+      <c r="B153" t="s">
+        <v>276</v>
+      </c>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" t="s">
+        <v>10</v>
+      </c>
+      <c r="F153" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>282</v>
+      </c>
+      <c r="B154" t="s">
+        <v>276</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>284</v>
+      </c>
+      <c r="B155" t="s">
+        <v>276</v>
+      </c>
+      <c r="C155" t="s">
+        <v>23</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="s">
+        <v>10</v>
+      </c>
+      <c r="F155" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>286</v>
+      </c>
+      <c r="B156" t="s">
+        <v>276</v>
+      </c>
+      <c r="C156" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>288</v>
+      </c>
+      <c r="B157" t="s">
+        <v>276</v>
+      </c>
+      <c r="C157" t="s">
+        <v>27</v>
+      </c>
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="s">
+        <v>10</v>
+      </c>
+      <c r="F157" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>290</v>
+      </c>
+      <c r="B158" t="s">
+        <v>276</v>
+      </c>
+      <c r="C158" t="s">
+        <v>37</v>
+      </c>
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="s">
+        <v>10</v>
+      </c>
+      <c r="F158" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>292</v>
+      </c>
+      <c r="B159" t="s">
+        <v>276</v>
+      </c>
+      <c r="C159" t="s">
+        <v>39</v>
+      </c>
+      <c r="D159" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" t="s">
+        <v>10</v>
+      </c>
+      <c r="F159" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>294</v>
+      </c>
+      <c r="B160" t="s">
+        <v>276</v>
+      </c>
+      <c r="C160" t="s">
+        <v>41</v>
+      </c>
+      <c r="D160" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" t="s">
+        <v>10</v>
+      </c>
+      <c r="F160" t="s">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>